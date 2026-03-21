--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -38,152 +38,152 @@
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Código Fiorilli</t>
   </si>
   <si>
     <t>Código Extra</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>Histórico</t>
   </si>
   <si>
     <t>Sincronizado em</t>
   </si>
   <si>
     <t>22/12/2025</t>
   </si>
   <si>
+    <t>SALÁRIO FAMÍLIA</t>
+  </si>
+  <si>
+    <t>65,00</t>
+  </si>
+  <si>
+    <t>21/03/2026 04:30</t>
+  </si>
+  <si>
     <t>ISSQN</t>
   </si>
   <si>
     <t>600,00</t>
   </si>
   <si>
-    <t>03/02/2026 04:30</t>
-[...7 lines deleted...]
-  <si>
     <t>19/12/2025</t>
   </si>
   <si>
+    <t>CONSIGNADO - SICREDI</t>
+  </si>
+  <si>
+    <t>10.732,81</t>
+  </si>
+  <si>
+    <t>IRRF</t>
+  </si>
+  <si>
+    <t>8.044,34</t>
+  </si>
+  <si>
+    <t>INSS</t>
+  </si>
+  <si>
+    <t>10.981,93</t>
+  </si>
+  <si>
     <t>CONSIGNADO - BANPARA</t>
   </si>
   <si>
+    <t>7.129,92</t>
+  </si>
+  <si>
+    <t>12.371,06</t>
+  </si>
+  <si>
+    <t>22.401,19</t>
+  </si>
+  <si>
+    <t>PENSÃO ALIMENTÍCIA</t>
+  </si>
+  <si>
+    <t>750,00</t>
+  </si>
+  <si>
+    <t>24.740,89</t>
+  </si>
+  <si>
     <t>1.819,51</t>
   </si>
   <si>
-    <t>CONSIGNADO - SICREDI</t>
-[...1 lines deleted...]
-  <si>
     <t>13.529,05</t>
   </si>
   <si>
-    <t>PENSÃO ALIMENTÍCIA</t>
-[...1 lines deleted...]
-  <si>
     <t>1.300,00</t>
   </si>
   <si>
-    <t>IRRF</t>
-[...1 lines deleted...]
-  <si>
     <t>13.450,69</t>
   </si>
   <si>
-    <t>INSS</t>
-[...1 lines deleted...]
-  <si>
     <t>6.763,24</t>
   </si>
   <si>
+    <t>937,46</t>
+  </si>
+  <si>
     <t>571,97</t>
   </si>
   <si>
-    <t>937,46</t>
-[...1 lines deleted...]
-  <si>
     <t>1.757,44</t>
   </si>
   <si>
-    <t>10.732,81</t>
-[...22 lines deleted...]
-  <si>
     <t>05/12/2025</t>
   </si>
   <si>
+    <t>21.443,06</t>
+  </si>
+  <si>
+    <t>9.962,16</t>
+  </si>
+  <si>
     <t>6.619,27</t>
   </si>
   <si>
+    <t>6.703,84</t>
+  </si>
+  <si>
+    <t>13.403,28</t>
+  </si>
+  <si>
     <t>592,04</t>
   </si>
   <si>
-    <t>21.443,06</t>
-[...10 lines deleted...]
-  <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>528,00</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
     <t>21/11/2025</t>
   </si>
   <si>
     <t>9.473,04</t>
   </si>
   <si>
     <t>21.236,81</t>
   </si>
   <si>
     <t>13/11/2025</t>
   </si>
   <si>
     <t>98,66</t>
   </si>
   <si>
     <t>11/11/2025</t>
@@ -194,318 +194,318 @@
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>1.062,69</t>
   </si>
   <si>
     <t>29/09/2025</t>
   </si>
   <si>
     <t>2,17</t>
   </si>
   <si>
     <t>25/09/2025</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
+    <t>1.300,07</t>
+  </si>
+  <si>
+    <t>12.042,30</t>
+  </si>
+  <si>
+    <t>6.638,87</t>
+  </si>
+  <si>
     <t>147,99</t>
   </si>
   <si>
+    <t>10.942,64</t>
+  </si>
+  <si>
+    <t>12.363,61</t>
+  </si>
+  <si>
     <t>8.137,66</t>
   </si>
   <si>
-    <t>10.942,64</t>
-[...13 lines deleted...]
-  <si>
     <t>26/08/2025</t>
   </si>
   <si>
     <t>25/08/2025</t>
   </si>
   <si>
+    <t>590,40</t>
+  </si>
+  <si>
     <t>130,00</t>
   </si>
   <si>
-    <t>590,40</t>
-[...1 lines deleted...]
-  <si>
     <t>22/08/2025</t>
   </si>
   <si>
+    <t>10.370,04</t>
+  </si>
+  <si>
+    <t>12.106,64</t>
+  </si>
+  <si>
+    <t>1.032,62</t>
+  </si>
+  <si>
+    <t>10.683,77</t>
+  </si>
+  <si>
     <t>543,09</t>
   </si>
   <si>
     <t>828,61</t>
   </si>
   <si>
     <t>4,88</t>
   </si>
   <si>
-    <t>12.106,64</t>
-[...10 lines deleted...]
-  <si>
     <t>24/07/2025</t>
   </si>
   <si>
     <t>22/07/2025</t>
   </si>
   <si>
     <t>932,53</t>
   </si>
   <si>
     <t>1.155,09</t>
   </si>
   <si>
     <t>7.263,22</t>
   </si>
   <si>
     <t>9.853,03</t>
   </si>
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>23/06/2025</t>
   </si>
   <si>
     <t>20/06/2025</t>
   </si>
   <si>
+    <t>11.311,20</t>
+  </si>
+  <si>
+    <t>17.982,45</t>
+  </si>
+  <si>
+    <t>7.592,47</t>
+  </si>
+  <si>
     <t>326,26</t>
   </si>
   <si>
-    <t>11.311,20</t>
-[...1 lines deleted...]
-  <si>
     <t>308,71</t>
   </si>
   <si>
-    <t>17.982,45</t>
-[...4 lines deleted...]
-  <si>
     <t>21/05/2025</t>
   </si>
   <si>
+    <t>12.151,13</t>
+  </si>
+  <si>
+    <t>219,57</t>
+  </si>
+  <si>
+    <t>10.424,64</t>
+  </si>
+  <si>
     <t>1.233,55</t>
   </si>
   <si>
     <t>7.414,88</t>
   </si>
   <si>
-    <t>10.424,64</t>
-[...4 lines deleted...]
-  <si>
     <t>6.637,72</t>
   </si>
   <si>
-    <t>219,57</t>
-[...1 lines deleted...]
-  <si>
     <t>29/04/2025</t>
   </si>
   <si>
     <t>340,00</t>
   </si>
   <si>
     <t>24/04/2025</t>
   </si>
   <si>
     <t>22/04/2025</t>
   </si>
   <si>
     <t>17/04/2025</t>
   </si>
   <si>
+    <t>537,69</t>
+  </si>
+  <si>
+    <t>10.265,75</t>
+  </si>
+  <si>
+    <t>21.608,55</t>
+  </si>
+  <si>
+    <t>7.367,76</t>
+  </si>
+  <si>
+    <t>8.519,96</t>
+  </si>
+  <si>
+    <t>10.555,97</t>
+  </si>
+  <si>
+    <t>12.270,58</t>
+  </si>
+  <si>
     <t>6.675,43</t>
   </si>
   <si>
-    <t>10.265,75</t>
-[...19 lines deleted...]
-  <si>
     <t>26/03/2025</t>
   </si>
   <si>
     <t>86,80</t>
   </si>
   <si>
     <t>25/03/2025</t>
   </si>
   <si>
     <t>24/03/2025</t>
   </si>
   <si>
     <t>1.170,00</t>
   </si>
   <si>
     <t>21/03/2025</t>
   </si>
   <si>
+    <t>908,98</t>
+  </si>
+  <si>
+    <t>6.690,60</t>
+  </si>
+  <si>
+    <t>6.716,47</t>
+  </si>
+  <si>
+    <t>9.691,25</t>
+  </si>
+  <si>
     <t>11.324,76</t>
   </si>
   <si>
     <t>6.453,30</t>
   </si>
   <si>
-    <t>6.690,60</t>
-[...10 lines deleted...]
-  <si>
     <t>07/03/2025</t>
   </si>
   <si>
     <t>22,78</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>32,90</t>
   </si>
   <si>
     <t>25/02/2025</t>
   </si>
   <si>
+    <t>30,33</t>
+  </si>
+  <si>
     <t>1.070,33</t>
   </si>
   <si>
-    <t>30,33</t>
-[...1 lines deleted...]
-  <si>
     <t>21/02/2025</t>
   </si>
   <si>
+    <t>702,61</t>
+  </si>
+  <si>
     <t>6.878,48</t>
   </si>
   <si>
+    <t>8.300,72</t>
+  </si>
+  <si>
     <t>6.553,84</t>
   </si>
   <si>
-    <t>8.300,72</t>
-[...1 lines deleted...]
-  <si>
     <t>14.468,77</t>
   </si>
   <si>
-    <t>702,61</t>
-[...1 lines deleted...]
-  <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>827,67</t>
   </si>
   <si>
     <t>23/01/2025</t>
   </si>
   <si>
     <t>659,23</t>
   </si>
   <si>
+    <t>6.941,55</t>
+  </si>
+  <si>
     <t>498,20</t>
   </si>
   <si>
+    <t>19.827,93</t>
+  </si>
+  <si>
     <t>265,37</t>
   </si>
   <si>
     <t>5.555,66</t>
-  </si>
-[...4 lines deleted...]
-    <t>19.827,93</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -854,5031 +854,5031 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2">
-        <v>234</v>
+        <v>273</v>
       </c>
       <c r="C2">
-        <v>9003</v>
+        <v>9004</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
       <c r="G2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3">
-        <v>273</v>
+        <v>234</v>
       </c>
       <c r="C3">
-        <v>9004</v>
+        <v>9003</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="C4">
-        <v>9008</v>
+        <v>9006</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="C5">
-        <v>9006</v>
+        <v>9002</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="C6">
-        <v>9007</v>
+        <v>9001</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="C7">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="C8">
         <v>9001</v>
       </c>
       <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="C9">
-        <v>9006</v>
+        <v>9002</v>
       </c>
       <c r="D9" t="s">
         <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
-        <v>271</v>
+        <v>233</v>
       </c>
       <c r="C10">
-        <v>9001</v>
+        <v>9003</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="C11">
-        <v>9008</v>
+        <v>9007</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="G11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C12">
         <v>9006</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F12" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="C13">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="C14">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="C15">
         <v>9007</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F15" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16">
-        <v>233</v>
+        <v>275</v>
       </c>
       <c r="C16">
-        <v>9003</v>
+        <v>9002</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="C17">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="C18">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>32</v>
       </c>
       <c r="F18" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="C19">
-        <v>9002</v>
+        <v>9006</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="C20">
-        <v>9001</v>
+        <v>9008</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>35</v>
       </c>
       <c r="B21">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C21">
         <v>9002</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E21" t="s">
         <v>36</v>
       </c>
       <c r="F21" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>35</v>
       </c>
       <c r="B22">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="C22">
         <v>9001</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G22" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>35</v>
       </c>
       <c r="B23">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C23">
         <v>9002</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="F23" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>35</v>
       </c>
       <c r="B24">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C24">
         <v>9001</v>
       </c>
       <c r="D24" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E24" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>35</v>
       </c>
       <c r="B25">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C25">
-        <v>9007</v>
+        <v>9002</v>
       </c>
       <c r="D25" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E25" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="F25" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>35</v>
       </c>
       <c r="B26">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C26">
-        <v>9002</v>
+        <v>9007</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E26" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="F26" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G26" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>35</v>
       </c>
       <c r="B27">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C27">
         <v>9001</v>
       </c>
       <c r="D27" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E27" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>35</v>
       </c>
       <c r="B28">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C28">
         <v>9001</v>
       </c>
       <c r="D28" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" t="s">
         <v>22</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G28" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>42</v>
       </c>
       <c r="B29">
         <v>232</v>
       </c>
       <c r="C29">
         <v>9002</v>
       </c>
       <c r="D29" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E29" t="s">
         <v>43</v>
       </c>
       <c r="F29" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>44</v>
       </c>
       <c r="B30">
         <v>231</v>
       </c>
       <c r="C30">
         <v>9003</v>
       </c>
       <c r="D30" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>44</v>
       </c>
       <c r="B31">
         <v>251</v>
       </c>
       <c r="C31">
         <v>9004</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>45</v>
       </c>
       <c r="B32">
-        <v>249</v>
+        <v>237</v>
       </c>
       <c r="C32">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D32" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E32" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="F32" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>45</v>
       </c>
       <c r="B33">
-        <v>237</v>
+        <v>250</v>
       </c>
       <c r="C33">
         <v>9006</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E33" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F33" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>45</v>
       </c>
       <c r="B34">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C34">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D34" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E34" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F34" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>45</v>
       </c>
       <c r="B35">
         <v>248</v>
       </c>
       <c r="C35">
         <v>9008</v>
       </c>
       <c r="D35" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>45</v>
       </c>
       <c r="B36">
         <v>247</v>
       </c>
       <c r="C36">
         <v>9006</v>
       </c>
       <c r="D36" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E36" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F36" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>45</v>
       </c>
       <c r="B37">
         <v>246</v>
       </c>
       <c r="C37">
         <v>9007</v>
       </c>
       <c r="D37" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E37" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="F37" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G37" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>45</v>
       </c>
       <c r="B38">
         <v>245</v>
       </c>
       <c r="C38">
         <v>9002</v>
       </c>
       <c r="D38" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>45</v>
       </c>
       <c r="B39">
         <v>244</v>
       </c>
       <c r="C39">
         <v>9001</v>
       </c>
       <c r="D39" t="s">
+        <v>18</v>
+      </c>
+      <c r="E39" t="s">
         <v>22</v>
       </c>
-      <c r="E39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G39" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>45</v>
       </c>
       <c r="B40">
         <v>243</v>
       </c>
       <c r="C40">
         <v>9008</v>
       </c>
       <c r="D40" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G40" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>45</v>
       </c>
       <c r="B41">
         <v>242</v>
       </c>
       <c r="C41">
         <v>9006</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E41" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F41" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>241</v>
       </c>
       <c r="C42">
         <v>9007</v>
       </c>
       <c r="D42" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E42" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="F42" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>45</v>
       </c>
       <c r="B43">
         <v>240</v>
       </c>
       <c r="C43">
         <v>9002</v>
       </c>
       <c r="D43" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E43" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F43" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>45</v>
       </c>
       <c r="B44">
         <v>239</v>
       </c>
       <c r="C44">
         <v>9001</v>
       </c>
       <c r="D44" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E44" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F44" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
         <v>238</v>
       </c>
       <c r="C45">
         <v>9008</v>
       </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>45</v>
       </c>
       <c r="B46">
         <v>236</v>
       </c>
       <c r="C46">
         <v>9002</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E46" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F46" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G46" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>45</v>
       </c>
       <c r="B47">
         <v>235</v>
       </c>
       <c r="C47">
         <v>9001</v>
       </c>
       <c r="D47" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E47" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="F47" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G47" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
         <v>252</v>
       </c>
       <c r="C48">
         <v>9001</v>
       </c>
       <c r="D48" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E48" t="s">
         <v>49</v>
       </c>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G48" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>50</v>
       </c>
       <c r="B49">
         <v>230</v>
       </c>
       <c r="C49">
         <v>9003</v>
       </c>
       <c r="D49" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>51</v>
       </c>
       <c r="F49" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G49" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>52</v>
       </c>
       <c r="B50">
         <v>228</v>
       </c>
       <c r="C50">
         <v>9004</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G50" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>53</v>
       </c>
       <c r="B51">
         <v>211</v>
       </c>
       <c r="C51">
         <v>9003</v>
       </c>
       <c r="D51" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>54</v>
       </c>
       <c r="B52">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="C52">
         <v>9006</v>
       </c>
       <c r="D52" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E52" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F52" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>54</v>
       </c>
       <c r="B53">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="C53">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C54">
-        <v>9001</v>
+        <v>9007</v>
       </c>
       <c r="D54" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E54" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F54" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>54</v>
       </c>
       <c r="B55">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C55">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D55" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E55" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G55" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>54</v>
       </c>
       <c r="B56">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C56">
-        <v>9006</v>
+        <v>9002</v>
       </c>
       <c r="D56" t="s">
         <v>16</v>
       </c>
       <c r="E56" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>54</v>
       </c>
       <c r="B57">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="C57">
-        <v>9007</v>
+        <v>9001</v>
       </c>
       <c r="D57" t="s">
         <v>18</v>
       </c>
       <c r="E57" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="F57" t="s">
         <v>18</v>
       </c>
       <c r="G57" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>54</v>
       </c>
       <c r="B58">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C58">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>54</v>
       </c>
       <c r="B59">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="C59">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D59" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E59" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F59" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>54</v>
       </c>
       <c r="B60">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="C60">
-        <v>9007</v>
+        <v>9002</v>
       </c>
       <c r="D60" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E60" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F60" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G60" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>54</v>
       </c>
       <c r="B61">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="C61">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D61" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E61" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G61" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>54</v>
       </c>
       <c r="B62">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C62">
         <v>9006</v>
       </c>
       <c r="D62" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E62" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F62" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>54</v>
       </c>
       <c r="B63">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="C63">
-        <v>9001</v>
+        <v>9008</v>
       </c>
       <c r="D63" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F63" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G63" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>54</v>
       </c>
       <c r="B64">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C64">
-        <v>9002</v>
+        <v>9007</v>
       </c>
       <c r="D64" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E64" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="F64" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G64" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>54</v>
       </c>
       <c r="B65">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="C65">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D65" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E65" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="F65" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G65" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>54</v>
       </c>
       <c r="B66">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="C66">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D66" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E66" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G66" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>56</v>
       </c>
       <c r="B67">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C67">
         <v>9004</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E67" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="F67" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>56</v>
       </c>
       <c r="B68">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C68">
         <v>9004</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E68" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="F68" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G68" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>58</v>
       </c>
       <c r="B69">
         <v>192</v>
       </c>
       <c r="C69">
         <v>9003</v>
       </c>
       <c r="D69" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G69" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>59</v>
       </c>
       <c r="B70">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="C70">
-        <v>9001</v>
+        <v>9007</v>
       </c>
       <c r="D70" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E70" t="s">
         <v>60</v>
       </c>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G70" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>59</v>
       </c>
       <c r="B71">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="C71">
-        <v>9001</v>
+        <v>9008</v>
       </c>
       <c r="D71" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="F71" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G71" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>59</v>
       </c>
       <c r="B72">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="C72">
-        <v>9006</v>
+        <v>9002</v>
       </c>
       <c r="D72" t="s">
         <v>16</v>
       </c>
       <c r="E72" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>59</v>
       </c>
       <c r="B73">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="C73">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D73" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E73" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G73" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>59</v>
       </c>
       <c r="B74">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C74">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E74" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="F74" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G74" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>59</v>
       </c>
       <c r="B75">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C75">
         <v>9001</v>
       </c>
       <c r="D75" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E75" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="F75" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G75" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>59</v>
       </c>
       <c r="B76">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C76">
         <v>9006</v>
       </c>
       <c r="D76" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E76" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="F76" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>59</v>
       </c>
       <c r="B77">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C77">
-        <v>9008</v>
+        <v>9002</v>
       </c>
       <c r="D77" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E77" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G77" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>59</v>
       </c>
       <c r="B78">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C78">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D78" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E78" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="F78" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G78" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>59</v>
       </c>
       <c r="B79">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C79">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D79" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E79" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F79" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>59</v>
       </c>
       <c r="B80">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="C80">
-        <v>9007</v>
+        <v>9008</v>
       </c>
       <c r="D80" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="F80" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G80" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>59</v>
       </c>
       <c r="B81">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C81">
-        <v>9006</v>
+        <v>9002</v>
       </c>
       <c r="D81" t="s">
         <v>16</v>
       </c>
       <c r="E81" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>59</v>
       </c>
       <c r="B82">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="C82">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D82" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E82" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G82" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>59</v>
       </c>
       <c r="B83">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C83">
-        <v>9002</v>
+        <v>9006</v>
       </c>
       <c r="D83" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E83" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F83" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>59</v>
       </c>
       <c r="B84">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C84">
-        <v>9001</v>
+        <v>9008</v>
       </c>
       <c r="D84" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="F84" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G84" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>67</v>
       </c>
       <c r="B85">
         <v>172</v>
       </c>
       <c r="C85">
         <v>9003</v>
       </c>
       <c r="D85" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G85" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>68</v>
       </c>
       <c r="B86">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="C86">
-        <v>9004</v>
+        <v>9002</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E86" t="s">
         <v>69</v>
       </c>
       <c r="F86" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G86" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>68</v>
       </c>
       <c r="B87">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="C87">
-        <v>9002</v>
+        <v>9004</v>
       </c>
       <c r="D87" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E87" t="s">
         <v>70</v>
       </c>
       <c r="F87" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="G87" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>71</v>
       </c>
       <c r="B88">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="C88">
-        <v>9008</v>
+        <v>9006</v>
       </c>
       <c r="D88" t="s">
         <v>14</v>
       </c>
       <c r="E88" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>71</v>
       </c>
       <c r="B89">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="C89">
         <v>9001</v>
       </c>
       <c r="D89" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E89" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="F89" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G89" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>71</v>
       </c>
       <c r="B90">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="C90">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D90" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E90" t="s">
         <v>73</v>
       </c>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>71</v>
       </c>
       <c r="B91">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="C91">
-        <v>9002</v>
+        <v>9007</v>
       </c>
       <c r="D91" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E91" t="s">
         <v>74</v>
       </c>
       <c r="F91" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G91" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>71</v>
       </c>
       <c r="B92">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="C92">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>71</v>
       </c>
       <c r="B93">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C93">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D93" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E93" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="F93" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G93" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>71</v>
       </c>
       <c r="B94">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="C94">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D94" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E94" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="F94" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>71</v>
       </c>
       <c r="B95">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="C95">
-        <v>9002</v>
+        <v>9006</v>
       </c>
       <c r="D95" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E95" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="F95" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G95" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>71</v>
       </c>
       <c r="B96">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="C96">
-        <v>9007</v>
+        <v>9008</v>
       </c>
       <c r="D96" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="F96" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G96" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>71</v>
       </c>
       <c r="B97">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="C97">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D97" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E97" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="F97" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G97" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>71</v>
       </c>
       <c r="B98">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C98">
-        <v>9008</v>
+        <v>9002</v>
       </c>
       <c r="D98" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E98" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F98" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G98" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>71</v>
       </c>
       <c r="B99">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="C99">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D99" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E99" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="F99" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G99" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>71</v>
       </c>
       <c r="B100">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C100">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>71</v>
       </c>
       <c r="B101">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="C101">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D101" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E101" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="F101" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G101" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>71</v>
       </c>
       <c r="B102">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="C102">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D102" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E102" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="F102" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G102" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>71</v>
       </c>
       <c r="B103">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="C103">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D103" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E103" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="F103" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G103" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>79</v>
       </c>
       <c r="B104">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="C104">
-        <v>9003</v>
+        <v>9004</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
       <c r="E104" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="F104" t="s">
         <v>8</v>
       </c>
       <c r="G104" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>79</v>
       </c>
       <c r="B105">
-        <v>169</v>
+        <v>154</v>
       </c>
       <c r="C105">
-        <v>9004</v>
+        <v>9003</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>69</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>80</v>
       </c>
       <c r="B106">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C106">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D106" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E106" t="s">
-        <v>31</v>
+        <v>81</v>
       </c>
       <c r="F106" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G106" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>80</v>
       </c>
       <c r="B107">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="C107">
         <v>9001</v>
       </c>
       <c r="D107" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E107" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
       <c r="F107" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G107" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>80</v>
       </c>
       <c r="B108">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C108">
-        <v>9008</v>
+        <v>9006</v>
       </c>
       <c r="D108" t="s">
         <v>14</v>
       </c>
       <c r="E108" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="F108" t="s">
         <v>14</v>
       </c>
       <c r="G108" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>80</v>
       </c>
       <c r="B109">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C109">
-        <v>9006</v>
+        <v>9008</v>
       </c>
       <c r="D109" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="F109" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G109" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>80</v>
       </c>
       <c r="B110">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C110">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>80</v>
       </c>
       <c r="B111">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C111">
         <v>9002</v>
       </c>
       <c r="D111" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E111" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="F111" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G111" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>80</v>
       </c>
       <c r="B112">
         <v>164</v>
       </c>
       <c r="C112">
         <v>9001</v>
       </c>
       <c r="D112" t="s">
+        <v>18</v>
+      </c>
+      <c r="E112" t="s">
         <v>22</v>
       </c>
-      <c r="E112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F112" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G112" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>80</v>
       </c>
       <c r="B113">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C113">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D113" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E113" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="F113" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G113" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>80</v>
       </c>
       <c r="B114">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C114">
         <v>9002</v>
       </c>
       <c r="D114" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E114" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="F114" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G114" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>80</v>
       </c>
       <c r="B115">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C115">
-        <v>9007</v>
+        <v>9001</v>
       </c>
       <c r="D115" t="s">
         <v>18</v>
       </c>
       <c r="E115" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F115" t="s">
         <v>18</v>
       </c>
       <c r="G115" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>80</v>
       </c>
       <c r="B116">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="C116">
         <v>9006</v>
       </c>
       <c r="D116" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E116" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="F116" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G116" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>80</v>
       </c>
       <c r="B117">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C117">
-        <v>9006</v>
+        <v>9007</v>
       </c>
       <c r="D117" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E117" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="F117" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G117" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>80</v>
       </c>
       <c r="B118">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C118">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D118" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E118" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="F118" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G118" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>85</v>
       </c>
       <c r="B119">
         <v>136</v>
       </c>
       <c r="C119">
         <v>9003</v>
       </c>
       <c r="D119" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G119" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>86</v>
       </c>
       <c r="B120">
         <v>146</v>
       </c>
       <c r="C120">
         <v>9004</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E120" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F120" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G120" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>87</v>
       </c>
       <c r="B121">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="C121">
         <v>9001</v>
       </c>
       <c r="D121" t="s">
+        <v>18</v>
+      </c>
+      <c r="E121" t="s">
         <v>22</v>
       </c>
-      <c r="E121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F121" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G121" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>87</v>
       </c>
       <c r="B122">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C122">
         <v>9006</v>
       </c>
       <c r="D122" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E122" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F122" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G122" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>87</v>
       </c>
       <c r="B123">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C123">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D123" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E123" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="F123" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G123" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>87</v>
       </c>
       <c r="B124">
         <v>147</v>
       </c>
       <c r="C124">
         <v>9001</v>
       </c>
       <c r="D124" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E124" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F124" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G124" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>87</v>
       </c>
       <c r="B125">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C125">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D125" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E125" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="F125" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G125" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>87</v>
       </c>
       <c r="B126">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C126">
         <v>9006</v>
       </c>
       <c r="D126" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E126" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F126" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G126" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>87</v>
       </c>
       <c r="B127">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="C127">
-        <v>9008</v>
+        <v>9007</v>
       </c>
       <c r="D127" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E127" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="F127" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="G127" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>87</v>
       </c>
       <c r="B128">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C128">
-        <v>9006</v>
+        <v>9002</v>
       </c>
       <c r="D128" t="s">
         <v>16</v>
       </c>
       <c r="E128" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
       <c r="F128" t="s">
         <v>16</v>
       </c>
       <c r="G128" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>87</v>
       </c>
       <c r="B129">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="C129">
         <v>9001</v>
       </c>
       <c r="D129" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E129" t="s">
         <v>90</v>
       </c>
       <c r="F129" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G129" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>87</v>
       </c>
       <c r="B130">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C130">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>87</v>
       </c>
       <c r="B131">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C131">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D131" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E131" t="s">
-        <v>92</v>
+        <v>36</v>
       </c>
       <c r="F131" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G131" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>87</v>
       </c>
       <c r="B132">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C132">
-        <v>9008</v>
+        <v>9006</v>
       </c>
       <c r="D132" t="s">
         <v>14</v>
       </c>
       <c r="E132" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F132" t="s">
         <v>14</v>
       </c>
       <c r="G132" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>87</v>
       </c>
       <c r="B133">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="C133">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>87</v>
       </c>
       <c r="B134">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="C134">
         <v>9001</v>
       </c>
       <c r="D134" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E134" t="s">
-        <v>34</v>
+        <v>91</v>
       </c>
       <c r="F134" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G134" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>87</v>
       </c>
       <c r="B135">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="C135">
-        <v>9007</v>
+        <v>9001</v>
       </c>
       <c r="D135" t="s">
         <v>18</v>
       </c>
       <c r="E135" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="F135" t="s">
         <v>18</v>
       </c>
       <c r="G135" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>93</v>
       </c>
       <c r="B136">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="C136">
         <v>9002</v>
       </c>
       <c r="D136" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E136" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="F136" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G136" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>93</v>
       </c>
       <c r="B137">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C137">
         <v>9006</v>
       </c>
       <c r="D137" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E137" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="F137" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G137" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>93</v>
       </c>
       <c r="B138">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C138">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D138" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E138" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="F138" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G138" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>93</v>
       </c>
       <c r="B139">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="C139">
-        <v>9004</v>
+        <v>9007</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E139" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F139" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="G139" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>93</v>
       </c>
       <c r="B140">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C140">
-        <v>9001</v>
+        <v>9008</v>
       </c>
       <c r="D140" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="F140" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G140" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>93</v>
       </c>
       <c r="B141">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C141">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D141" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E141" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="F141" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G141" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>93</v>
       </c>
       <c r="B142">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="C142">
-        <v>9001</v>
+        <v>9003</v>
       </c>
       <c r="D142" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="G142" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>93</v>
       </c>
       <c r="B143">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C143">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D143" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E143" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="F143" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G143" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>93</v>
       </c>
       <c r="B144">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="C144">
-        <v>9008</v>
+        <v>9002</v>
       </c>
       <c r="D144" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E144" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="F144" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G144" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>93</v>
       </c>
       <c r="B145">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="C145">
-        <v>9002</v>
+        <v>9006</v>
       </c>
       <c r="D145" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E145" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="F145" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G145" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>93</v>
       </c>
       <c r="B146">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="C146">
-        <v>9001</v>
+        <v>9008</v>
       </c>
       <c r="D146" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>98</v>
+        <v>21</v>
       </c>
       <c r="F146" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G146" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>93</v>
       </c>
       <c r="B147">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="C147">
-        <v>9007</v>
+        <v>9004</v>
       </c>
       <c r="D147" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E147" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="F147" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="G147" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>93</v>
       </c>
       <c r="B148">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="C148">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D148" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E148" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="F148" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G148" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>93</v>
       </c>
       <c r="B149">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C149">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D149" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E149" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F149" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G149" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>93</v>
       </c>
       <c r="B150">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="C150">
         <v>9001</v>
       </c>
       <c r="D150" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E150" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="F150" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G150" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>93</v>
       </c>
       <c r="B151">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="C151">
-        <v>9003</v>
+        <v>9006</v>
       </c>
       <c r="D151" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E151" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="F151" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="G151" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>100</v>
       </c>
       <c r="B152">
         <v>116</v>
       </c>
       <c r="C152">
         <v>9003</v>
       </c>
       <c r="D152" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>101</v>
       </c>
       <c r="F152" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G152" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>102</v>
       </c>
       <c r="B153">
         <v>114</v>
       </c>
       <c r="C153">
         <v>9003</v>
       </c>
       <c r="D153" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G153" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>103</v>
       </c>
       <c r="B154">
         <v>109</v>
       </c>
       <c r="C154">
         <v>9004</v>
       </c>
       <c r="D154" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E154" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F154" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G154" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>104</v>
       </c>
       <c r="B155">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C155">
-        <v>9001</v>
+        <v>9008</v>
       </c>
       <c r="D155" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E155" t="s">
         <v>105</v>
       </c>
       <c r="F155" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G155" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>104</v>
       </c>
       <c r="B156">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C156">
-        <v>9008</v>
+        <v>9006</v>
       </c>
       <c r="D156" t="s">
         <v>14</v>
       </c>
       <c r="E156" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="F156" t="s">
         <v>14</v>
       </c>
       <c r="G156" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>104</v>
       </c>
       <c r="B157">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="C157">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D157" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E157" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="F157" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G157" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>104</v>
       </c>
       <c r="B158">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C158">
-        <v>9006</v>
+        <v>9008</v>
       </c>
       <c r="D158" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F158" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G158" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>104</v>
       </c>
       <c r="B159">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="C159">
-        <v>9006</v>
+        <v>9002</v>
       </c>
       <c r="D159" t="s">
         <v>16</v>
       </c>
       <c r="E159" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>104</v>
       </c>
       <c r="B160">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C160">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D160" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E160" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="F160" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G160" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>104</v>
       </c>
       <c r="B161">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="C161">
         <v>9001</v>
       </c>
       <c r="D161" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E161" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="F161" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G161" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>104</v>
       </c>
       <c r="B162">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C162">
-        <v>9008</v>
+        <v>9002</v>
       </c>
       <c r="D162" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E162" t="s">
         <v>108</v>
       </c>
       <c r="F162" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G162" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>104</v>
       </c>
       <c r="B163">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C163">
-        <v>9002</v>
+        <v>9006</v>
       </c>
       <c r="D163" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E163" t="s">
         <v>109</v>
       </c>
       <c r="F163" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G163" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>104</v>
       </c>
       <c r="B164">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C164">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D164" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E164" t="s">
         <v>110</v>
       </c>
       <c r="F164" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G164" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>104</v>
       </c>
       <c r="B165">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C165">
-        <v>9001</v>
+        <v>9007</v>
       </c>
       <c r="D165" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E165" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="F165" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G165" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>104</v>
       </c>
       <c r="B166">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C166">
-        <v>9007</v>
+        <v>9002</v>
       </c>
       <c r="D166" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E166" t="s">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="F166" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G166" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>104</v>
       </c>
       <c r="B167">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C167">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D167" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E167" t="s">
         <v>112</v>
       </c>
       <c r="F167" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G167" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>113</v>
       </c>
       <c r="B168">
         <v>79</v>
       </c>
       <c r="C168">
         <v>9003</v>
       </c>
       <c r="D168" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>114</v>
       </c>
       <c r="F168" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G168" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>115</v>
       </c>
       <c r="B169">
         <v>78</v>
       </c>
       <c r="C169">
         <v>9003</v>
       </c>
       <c r="D169" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G169" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>116</v>
       </c>
       <c r="B170">
         <v>88</v>
       </c>
       <c r="C170">
         <v>9004</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E170" t="s">
         <v>117</v>
       </c>
       <c r="F170" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G170" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>116</v>
       </c>
       <c r="B171">
         <v>98</v>
       </c>
       <c r="C171">
         <v>9004</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E171" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F171" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G171" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>118</v>
       </c>
       <c r="B172">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C172">
-        <v>9008</v>
+        <v>9002</v>
       </c>
       <c r="D172" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E172" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
       <c r="F172" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G172" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>118</v>
       </c>
       <c r="B173">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="C173">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D173" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E173" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="F173" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G173" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>118</v>
       </c>
       <c r="B174">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="C174">
-        <v>9001</v>
+        <v>9008</v>
       </c>
       <c r="D174" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="F174" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G174" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>118</v>
       </c>
       <c r="B175">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="C175">
-        <v>9002</v>
+        <v>9006</v>
       </c>
       <c r="D175" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E175" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F175" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G175" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>118</v>
       </c>
       <c r="B176">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="C176">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D176" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E176" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F176" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G176" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>118</v>
       </c>
       <c r="B177">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C177">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D177" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E177" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="F177" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G177" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>118</v>
       </c>
       <c r="B178">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C178">
-        <v>9006</v>
+        <v>9008</v>
       </c>
       <c r="D178" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E178" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="F178" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G178" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>118</v>
       </c>
       <c r="B179">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C179">
-        <v>9002</v>
+        <v>9006</v>
       </c>
       <c r="D179" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E179" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="F179" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G179" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>118</v>
       </c>
       <c r="B180">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C180">
         <v>9001</v>
       </c>
       <c r="D180" t="s">
+        <v>18</v>
+      </c>
+      <c r="E180" t="s">
         <v>22</v>
       </c>
-      <c r="E180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F180" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G180" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>118</v>
       </c>
       <c r="B181">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C181">
-        <v>9006</v>
+        <v>9002</v>
       </c>
       <c r="D181" t="s">
         <v>16</v>
       </c>
       <c r="E181" t="s">
-        <v>106</v>
+        <v>123</v>
       </c>
       <c r="F181" t="s">
         <v>16</v>
       </c>
       <c r="G181" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>118</v>
       </c>
       <c r="B182">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C182">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D182" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E182" t="s">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="F182" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G182" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>118</v>
       </c>
       <c r="B183">
         <v>82</v>
       </c>
       <c r="C183">
         <v>9007</v>
       </c>
       <c r="D183" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E183" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F183" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G183" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>118</v>
       </c>
       <c r="B184">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="C184">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D184" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E184" t="s">
-        <v>124</v>
+        <v>106</v>
       </c>
       <c r="F184" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G184" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>125</v>
       </c>
       <c r="B185">
         <v>94</v>
       </c>
       <c r="C185">
         <v>9001</v>
       </c>
       <c r="D185" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E185" t="s">
         <v>126</v>
       </c>
       <c r="F185" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G185" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>127</v>
       </c>
       <c r="B186">
         <v>49</v>
       </c>
       <c r="C186">
         <v>9003</v>
       </c>
       <c r="D186" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>128</v>
       </c>
       <c r="F186" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G186" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>127</v>
       </c>
       <c r="B187">
         <v>48</v>
       </c>
       <c r="C187">
         <v>9003</v>
       </c>
       <c r="D187" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E187" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G187" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>129</v>
       </c>
       <c r="B188">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="C188">
-        <v>9004</v>
+        <v>9003</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="F188" t="s">
         <v>11</v>
       </c>
       <c r="G188" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>129</v>
       </c>
       <c r="B189">
         <v>75</v>
       </c>
       <c r="C189">
         <v>9004</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E189" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F189" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G189" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>129</v>
       </c>
       <c r="B190">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="C190">
-        <v>9003</v>
+        <v>9004</v>
       </c>
       <c r="D190" t="s">
         <v>8</v>
       </c>
       <c r="E190" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="F190" t="s">
         <v>8</v>
       </c>
       <c r="G190" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>132</v>
       </c>
       <c r="B191">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="C191">
-        <v>9006</v>
+        <v>9001</v>
       </c>
       <c r="D191" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E191" t="s">
-        <v>133</v>
+        <v>22</v>
       </c>
       <c r="F191" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G191" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>132</v>
       </c>
       <c r="B192">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="C192">
-        <v>9008</v>
+        <v>9001</v>
       </c>
       <c r="D192" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E192" t="s">
-        <v>108</v>
+        <v>133</v>
       </c>
       <c r="F192" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G192" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>132</v>
       </c>
       <c r="B193">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="C193">
-        <v>9006</v>
+        <v>9002</v>
       </c>
       <c r="D193" t="s">
         <v>16</v>
       </c>
       <c r="E193" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>132</v>
       </c>
       <c r="B194">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="C194">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D194" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E194" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="F194" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G194" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
         <v>132</v>
       </c>
       <c r="B195">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="C195">
-        <v>9001</v>
+        <v>9007</v>
       </c>
       <c r="D195" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E195" t="s">
-        <v>135</v>
+        <v>74</v>
       </c>
       <c r="F195" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G195" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>132</v>
       </c>
       <c r="B196">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="C196">
-        <v>9008</v>
+        <v>9006</v>
       </c>
       <c r="D196" t="s">
         <v>14</v>
       </c>
       <c r="E196" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="F196" t="s">
         <v>14</v>
       </c>
       <c r="G196" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>132</v>
       </c>
       <c r="B197">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C197">
-        <v>9006</v>
+        <v>9008</v>
       </c>
       <c r="D197" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E197" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="F197" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G197" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>132</v>
       </c>
       <c r="B198">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C198">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D198" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E198" t="s">
-        <v>107</v>
+        <v>135</v>
       </c>
       <c r="F198" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G198" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>132</v>
       </c>
       <c r="B199">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C199">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D199" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E199" t="s">
-        <v>34</v>
+        <v>136</v>
       </c>
       <c r="F199" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G199" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
         <v>132</v>
       </c>
       <c r="B200">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="C200">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D200" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E200" t="s">
-        <v>137</v>
+        <v>120</v>
       </c>
       <c r="F200" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G200" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>132</v>
       </c>
       <c r="B201">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="C201">
-        <v>9002</v>
+        <v>9008</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>132</v>
       </c>
       <c r="B202">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="C202">
-        <v>9001</v>
+        <v>9006</v>
       </c>
       <c r="D202" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E202" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="F202" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G202" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>132</v>
       </c>
       <c r="B203">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="C203">
-        <v>9007</v>
+        <v>9002</v>
       </c>
       <c r="D203" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E203" t="s">
-        <v>76</v>
+        <v>107</v>
       </c>
       <c r="F203" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G203" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>138</v>
       </c>
       <c r="B204">
         <v>39</v>
       </c>
       <c r="C204">
         <v>9003</v>
       </c>
       <c r="D204" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E204" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G204" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
         <v>139</v>
       </c>
       <c r="B205">
         <v>38</v>
       </c>
       <c r="C205">
         <v>9003</v>
       </c>
       <c r="D205" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E205" t="s">
         <v>114</v>
       </c>
       <c r="F205" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G205" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>140</v>
       </c>
       <c r="B206">
         <v>37</v>
       </c>
       <c r="C206">
         <v>9004</v>
       </c>
       <c r="D206" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E206" t="s">
         <v>141</v>
       </c>
       <c r="F206" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G206" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>140</v>
       </c>
       <c r="B207">
         <v>45</v>
       </c>
       <c r="C207">
         <v>9004</v>
       </c>
       <c r="D207" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E207" t="s">
         <v>142</v>
       </c>
       <c r="F207" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G207" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>143</v>
       </c>
       <c r="B208">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="C208">
         <v>9006</v>
       </c>
       <c r="D208" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E208" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="F208" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G208" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>143</v>
       </c>
       <c r="B209">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="C209">
         <v>9001</v>
       </c>
       <c r="D209" t="s">
+        <v>18</v>
+      </c>
+      <c r="E209" t="s">
         <v>22</v>
       </c>
-      <c r="E209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F209" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G209" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>143</v>
       </c>
       <c r="B210">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="C210">
         <v>9001</v>
       </c>
       <c r="D210" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E210" t="s">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="F210" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G210" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>143</v>
       </c>
       <c r="B211">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="C211">
         <v>9006</v>
       </c>
       <c r="D211" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E211" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="F211" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G211" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>143</v>
       </c>
       <c r="B212">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="C212">
-        <v>9007</v>
+        <v>9001</v>
       </c>
       <c r="D212" t="s">
         <v>18</v>
       </c>
       <c r="E212" t="s">
-        <v>76</v>
+        <v>145</v>
       </c>
       <c r="F212" t="s">
         <v>18</v>
       </c>
       <c r="G212" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>143</v>
       </c>
       <c r="B213">
         <v>19</v>
       </c>
       <c r="C213">
         <v>9002</v>
       </c>
       <c r="D213" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E213" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="F213" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G213" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>143</v>
       </c>
       <c r="B214">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="C214">
-        <v>9002</v>
+        <v>9001</v>
       </c>
       <c r="D214" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E214" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F214" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G214" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>143</v>
       </c>
       <c r="B215">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="C215">
-        <v>9001</v>
+        <v>9002</v>
       </c>
       <c r="D215" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E215" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="F215" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G215" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>143</v>
       </c>
       <c r="B216">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C216">
         <v>9001</v>
       </c>
       <c r="D216" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E216" t="s">
         <v>148</v>
       </c>
       <c r="F216" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G216" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>143</v>
       </c>
       <c r="B217">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C217">
         <v>9002</v>
       </c>
       <c r="D217" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E217" t="s">
         <v>149</v>
       </c>
       <c r="F217" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G217" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>143</v>
       </c>
       <c r="B218">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="C218">
-        <v>9001</v>
+        <v>9007</v>
       </c>
       <c r="D218" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E218" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="F218" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G218" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>