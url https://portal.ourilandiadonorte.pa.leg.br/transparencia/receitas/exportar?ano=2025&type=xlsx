--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -47,51 +47,51 @@
   <si>
     <t>Valor Previsto</t>
   </si>
   <si>
     <t>Valor Recebido</t>
   </si>
   <si>
     <t>Sincronizado em</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>Repasse Duodécimo - Mês 01</t>
   </si>
   <si>
     <t>MUNICÍPIO DE OURILÂNDIA DO NORTE</t>
   </si>
   <si>
     <t>680.053,39</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
-    <t>03/02/2026 04:45</t>
+    <t>21/03/2026 04:45</t>
   </si>
   <si>
     <t>01/02/2025</t>
   </si>
   <si>
     <t>Repasse Duodécimo - Mês 02</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>Repasse Duodécimo - Mês 03</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>Repasse Duodécimo - Mês 04</t>
   </si>
   <si>
     <t>01/05/2025</t>
   </si>
   <si>
     <t>Repasse Duodécimo - Mês 05</t>
   </si>